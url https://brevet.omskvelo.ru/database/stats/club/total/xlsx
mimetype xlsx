--- v0 (2025-10-28)
+++ v1 (2026-02-04)
@@ -621,51 +621,51 @@
   <si>
     <t>03.08.2024</t>
   </si>
   <si>
     <t>12 Сentaines</t>
   </si>
   <si>
     <t>Сотня</t>
   </si>
   <si>
     <t>78:31</t>
   </si>
   <si>
     <t>19881</t>
   </si>
   <si>
     <t>21.07.2024</t>
   </si>
   <si>
     <t>Трансбеларусь</t>
   </si>
   <si>
     <t>Сябры Рандоннёры</t>
   </si>
   <si>
-    <t>04:21</t>
+    <t>261:24</t>
   </si>
   <si>
     <t>20131</t>
   </si>
   <si>
     <t>06.07.2024</t>
   </si>
   <si>
     <t>Вуокса-Онега-Ладога 2024</t>
   </si>
   <si>
     <t>Балтийская Звезда</t>
   </si>
   <si>
     <t>82:00</t>
   </si>
   <si>
     <t>19935</t>
   </si>
   <si>
     <t>19965</t>
   </si>
   <si>
     <t>89:54</t>
   </si>