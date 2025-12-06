--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -477,51 +477,51 @@
   <si>
     <t>12 Сentaines</t>
   </si>
   <si>
     <t>Сотня</t>
   </si>
   <si>
     <t>78:31</t>
   </si>
   <si>
     <t>19881</t>
   </si>
   <si>
     <t>Крупкин Андрей</t>
   </si>
   <si>
     <t>21.07.2024</t>
   </si>
   <si>
     <t>Трансбеларусь</t>
   </si>
   <si>
     <t>Сябры Рандоннёры</t>
   </si>
   <si>
-    <t>04:21</t>
+    <t>261:24</t>
   </si>
   <si>
     <t>20131</t>
   </si>
   <si>
     <t>06.07.2024</t>
   </si>
   <si>
     <t>Вуокса-Онега-Ладога 2024</t>
   </si>
   <si>
     <t>Балтийская Звезда</t>
   </si>
   <si>
     <t>81:59</t>
   </si>
   <si>
     <t>19912</t>
   </si>
   <si>
     <t>82:00</t>
   </si>
   <si>
     <t>19935</t>
   </si>